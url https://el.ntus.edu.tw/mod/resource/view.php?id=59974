--- v0 (2025-11-01)
+++ v1 (2026-03-14)
@@ -1,138 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="fntdata" ContentType="application/x-fontdata"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId16"/>
+    <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="258" r:id="rId3"/>
-[...3 lines deleted...]
-    <p:sldId id="274" r:id="rId7"/>
+    <p:sldId id="257" r:id="rId3"/>
+    <p:sldId id="258" r:id="rId4"/>
+    <p:sldId id="259" r:id="rId5"/>
+    <p:sldId id="260" r:id="rId6"/>
+    <p:sldId id="261" r:id="rId7"/>
     <p:sldId id="262" r:id="rId8"/>
     <p:sldId id="263" r:id="rId9"/>
-    <p:sldId id="275" r:id="rId10"/>
-[...4 lines deleted...]
-    <p:sldId id="277" r:id="rId15"/>
   </p:sldIdLst>
   <p:sldSz cx="14630400" cy="8229600"/>
   <p:notesSz cx="8229600" cy="14630400"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId17"/>
-[...2 lines deleted...]
-      <p:boldItalic r:id="rId20"/>
+      <p:regular r:id="rId11"/>
+      <p:bold r:id="rId12"/>
+      <p:italic r:id="rId13"/>
+      <p:boldItalic r:id="rId14"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
-      <p:regular r:id="rId21"/>
-[...5 lines deleted...]
-      <p:bold r:id="rId22"/>
+      <p:regular r:id="rId15"/>
+      <p:bold r:id="rId16"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="zh-TW"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
@@ -214,137 +183,138 @@
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
-    <a:srgbClr val="9933FF"/>
-    <a:srgbClr val="339966"/>
+    <a:srgbClr val="FFFFCC"/>
     <a:srgbClr val="0000FF"/>
+    <a:srgbClr val="008000"/>
+    <a:srgbClr val="CC00CC"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15611"/>
     <p:restoredTop sz="94610"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="77" d="100"/>
-          <a:sy n="77" d="100"/>
+          <a:sx n="64" d="100"/>
+          <a:sy n="64" d="100"/>
         </p:scale>
-        <p:origin x="106" y="31"/>
+        <p:origin x="51" y="384"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3883333168"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1337383578"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -404,618 +374,144 @@
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...18 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
-              <a:rPr lang="en-US">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US"/>
               <a:t>1</a:t>
-            </a:fld>
-[...444 lines deleted...]
-              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1034,80 +530,74 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
-              <a:rPr lang="en-US">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US"/>
               <a:t>2</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1124,80 +614,74 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
-              <a:rPr lang="en-US">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US"/>
               <a:t>3</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1214,80 +698,74 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
-              <a:rPr lang="en-US">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US"/>
               <a:t>4</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1304,80 +782,74 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
-              <a:rPr lang="en-US">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US"/>
               <a:t>5</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1394,80 +866,74 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
-              <a:rPr lang="en-US">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US"/>
               <a:t>6</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1484,80 +950,74 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
-              <a:rPr lang="en-US">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US"/>
               <a:t>7</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -1574,209 +1034,91 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...1 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{F7021451-1387-4CA6-816F-3879F97B5CBC}" type="slidenum">
-              <a:rPr lang="en-US">
-[...1 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US"/>
               <a:t>8</a:t>
-            </a:fld>
-[...84 lines deleted...]
-              <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1024086991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...26 lines deleted...]
-<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -1798,53 +1140,61 @@
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
-  <p:cSld name="Slide 9 master">
+  <p:cSld name="Slide 1 master">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Shape 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
@@ -1863,118 +1213,134 @@
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FBFAFF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
-  <p:cSld name="Slide 10 master">
+  <p:cSld name="Slide 2 master">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Shape 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="F4F0FF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Shape 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="F7F5FF"/>
+            <a:srgbClr val="FBFAFF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
-  <p:cSld name="Slide 11 master">
+  <p:cSld name="Slide 3 master">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Shape 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
@@ -1993,53 +1359,61 @@
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FBFAFF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
-  <p:cSld name="Slide 12 master">
+  <p:cSld name="Slide 4 master">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Shape 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
@@ -2058,118 +1432,134 @@
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FBFAFF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
-  <p:cSld name="Slide 13 master">
+  <p:cSld name="Slide 5 master">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Shape 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="F4F0FF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Shape 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="E7E0FF"/>
+            <a:srgbClr val="FBFAFF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
-  <p:cSld name="Slide 14 master">
+  <p:cSld name="Slide 6 master">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Shape 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
@@ -2188,53 +1578,61 @@
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FBFAFF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
-  <p:cSld name="Slide 15 master">
+  <p:cSld name="Slide 7 master">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Shape 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
@@ -2253,53 +1651,61 @@
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FBFAFF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
-  <p:cSld name="Slide 1 master">
+  <p:cSld name="Slide 8 master">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="000000"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Shape 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
@@ -2318,602 +1724,89 @@
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="14630400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FBFAFF"/>
           </a:solidFill>
           <a:ln/>
         </p:spPr>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
-[...453 lines deleted...]
-
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...49 lines deleted...]
-      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
-    <p:sldLayoutId id="2147483658" r:id="rId10"/>
-[...5 lines deleted...]
-    <p:sldLayoutId id="2147483664" r:id="rId16"/>
   </p:sldLayoutIdLst>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
@@ -3129,732 +2022,1017 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...18 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/video" Target="https://www.youtube.com/embed/ZoQjH7BJPnc?start=29&amp;feature=oembed" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld name="Slide 1">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
+            <a:off x="9144000" y="0"/>
             <a:ext cx="5486400" cy="8229600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6280190" y="3023354"/>
-            <a:ext cx="5670590" cy="708779"/>
+            <a:off x="793790" y="1797010"/>
+            <a:ext cx="7088267" cy="885944"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="ctr">
+            <a:pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
-                <a:spcPts val="5550"/>
+                <a:spcPts val="6950"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="zh-TW" altLang="en-US" sz="6600" dirty="0">
+              <a:rPr lang="en-US" sz="5550" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="403CCF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...6 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>學術聲譽的數位護盾</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5550" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
               <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6280190" y="4072295"/>
-            <a:ext cx="7556421" cy="1974086"/>
+            <a:off x="793790" y="3108246"/>
+            <a:ext cx="7556421" cy="2445544"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" rtl="0">
+            <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
-                <a:spcPct val="150000"/>
+                <a:spcPts val="9600"/>
               </a:lnSpc>
-              <a:spcBef>
-[...9 lines deleted...]
-              <a:buFont typeface="Microsoft JhengHei"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="zh-TW" sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...58 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="zh-TW" sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+              <a:rPr lang="en-US" sz="7700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>AI </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="7700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>時代資安</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="7700" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="2C2C2C"/>
+                <a:srgbClr val="403CCF"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
               <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:sym typeface="Microsoft JhengHei"/>
+              <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" rtl="0">
+            <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
-                <a:spcPct val="150000"/>
+                <a:spcPts val="9600"/>
               </a:lnSpc>
-              <a:spcBef>
-[...9 lines deleted...]
-              <a:buFont typeface="Microsoft JhengHei"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="zh-TW" sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...9 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" sz="7700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>與防詐實務</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="7700" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="文字方塊 4">
-[...12 lines deleted...]
-            <a:ext cx="1605516" cy="369332"/>
+          <p:cNvPr id="5" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="5979081"/>
+            <a:ext cx="7556421" cy="453509"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:ln/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...10 lines deleted...]
-            <a:endParaRPr lang="zh-TW" altLang="en-US" dirty="0">
+            <a:pPr marL="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPts val="3550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="CC00CC"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>守護學術價值的最後一哩路</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="0000FF"/>
+                <a:srgbClr val="CC00CC"/>
               </a:solidFill>
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="5" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld name="Slide 10">
+  <p:cSld name="Slide 2">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Shape 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="885111"/>
+            <a:ext cx="997506" cy="397193"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 6853"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D7D6F5"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="929878" y="953095"/>
+            <a:ext cx="725329" cy="261223"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2050"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>核心概念</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="1354812"/>
+            <a:ext cx="9071610" cy="708779"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="5550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4450" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>駭客眼中「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4450" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>您</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4450" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>」是高價值的「入口」</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4450" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPr id="5" name="Image 0" descr="preencoded.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="5486400" cy="8229600"/>
+            <a:off x="1162383" y="2305931"/>
+            <a:ext cx="7499605" cy="5206150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text 0"/>
-[...6 lines deleted...]
-            <a:ext cx="7556421" cy="978218"/>
+          <p:cNvPr id="6" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9638943" y="2526744"/>
+            <a:ext cx="4288464" cy="425291"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2650" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>教授 = 高權限跳板</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2650" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9638943" y="3133487"/>
+            <a:ext cx="4205168" cy="979765"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>資安不只是技術問題</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>，</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>而是「學術誠信」與「研究資產」的保衛戰。您的數位身份一旦被盜，影響遍及整個學術圈</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>。</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Shape 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9638943" y="4317325"/>
+            <a:ext cx="4205168" cy="1315998"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 2585"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9865757" y="4544139"/>
+            <a:ext cx="2835235" cy="354330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
-                <a:spcPts val="7700"/>
+                <a:spcPts val="2750"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="6150" dirty="0">
-[...9 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="6150" dirty="0">
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0000FF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>社會信任</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0000FF"/>
+              </a:solidFill>
               <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
               <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="投影片編號版面配置區 3">
-[...18 lines deleted...]
-          </a:prstGeom>
+          <p:cNvPr id="10" name="Text 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9865757" y="5079921"/>
+            <a:ext cx="3751540" cy="326588"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...94 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r">
-              <a:defRPr/>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2550"/>
+              </a:lnSpc>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{05E63D77-4C64-40A2-B0C7-201E102C2FB8}" type="slidenum">
-[...11 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>您的數位身份影響整個學術圈</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="5" name="圖片 4">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Shape 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9638943" y="5814774"/>
+            <a:ext cx="4205168" cy="1315998"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 2585"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9865757" y="6041588"/>
+            <a:ext cx="2835235" cy="354330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2750"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>權限劫持</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9865757" y="6577370"/>
+            <a:ext cx="3751540" cy="326588"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>駭客利用您的身份入侵</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>相關</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>系統</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="文字方塊 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{614D7ADF-DEB4-4555-8855-FCCB4DA4F8B9}"/>
-[...69 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14B8606A-B2C1-4949-87A5-E0AC7A0F90F3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBEBDC1E-DE22-44C8-B593-09EDF72399AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="39296" y="7851869"/>
-            <a:ext cx="1605516" cy="369332"/>
+            <a:off x="14165699" y="7860268"/>
+            <a:ext cx="464701" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:fld id="{74D83D89-A588-4F0A-AEBC-176FB8C5899C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="zh-TW" sz="2000" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:ea typeface="Noto Sans CJK TC Medium" panose="020B0600000000000000" pitchFamily="34" charset="-120"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>From internet</a:t>
-[...8 lines deleted...]
-            </a:endParaRPr>
+              <a:pPr/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="zh-TW" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="矩形: 圓角 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5A462A2-0B44-4680-AC0C-715C5571D457}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9594590" y="2305931"/>
+            <a:ext cx="4288465" cy="1897474"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="57150">
+            <a:solidFill>
+              <a:srgbClr val="008000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
@@ -3885,8718 +3063,5985 @@
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="7" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="8" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="10" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="15" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 3">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="837843"/>
+            <a:ext cx="8505587" cy="885944"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="6950"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="5550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>他們想要的是您的</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="5550" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>心血結晶</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5550" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1213128" y="2290763"/>
+            <a:ext cx="2156222" cy="2156222"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="4801314"/>
+            <a:ext cx="2994898" cy="443032"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3450"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>未發表數據</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="5414367"/>
+            <a:ext cx="2994898" cy="453509"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>珍貴的研究成果</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4562356" y="2290763"/>
+            <a:ext cx="2156341" cy="2156341"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4143018" y="4801433"/>
+            <a:ext cx="2995017" cy="443032"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3450"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>專利草稿</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4143018" y="5414486"/>
+            <a:ext cx="2995017" cy="453509"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>創新技術的藍圖</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7911703" y="2290763"/>
+            <a:ext cx="2156222" cy="2156222"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7492365" y="4801314"/>
+            <a:ext cx="2994898" cy="443032"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3450"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>產學商業機密</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7492365" y="5414367"/>
+            <a:ext cx="2994898" cy="453509"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>合作夥伴的敏感資訊</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Image 3" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11260931" y="2290763"/>
+            <a:ext cx="2156341" cy="2156341"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10841593" y="4801433"/>
+            <a:ext cx="2995017" cy="443032"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3450"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>受試者隱私</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10841593" y="5414486"/>
+            <a:ext cx="2995017" cy="453509"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="3550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>研究參與者的個資</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Shape 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="6186964"/>
+            <a:ext cx="13042821" cy="1204674"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 3530"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C3C2F0"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Image 4" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1077278" y="6628448"/>
+            <a:ext cx="354330" cy="283488"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1715095" y="6541294"/>
+            <a:ext cx="11838027" cy="453509"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>警示:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t> 從「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="995515"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>系統被駭</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>」演變為「</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="F44444"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>資料被餵</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>」— 您的研究數據可能成為 AI 訓練素材</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2600" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="文字方塊 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D455D46B-06F0-4234-AAAC-253A1C05BCA6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="14165699" y="7860268"/>
+            <a:ext cx="464701" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{74D83D89-A588-4F0A-AEBC-176FB8C5899C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="zh-TW" sz="2000" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="zh-TW" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
                                           <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="7" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="8" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="11" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="12" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="15" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="19" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="20" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="27" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="28" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="30" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="31" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="32" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="33" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="34" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="17"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="7" grpId="0" animBg="1"/>
+      <p:bldP spid="8" grpId="0" animBg="1"/>
+      <p:bldP spid="10" grpId="0" animBg="1"/>
+      <p:bldP spid="11" grpId="0" animBg="1"/>
+      <p:bldP spid="13" grpId="0" animBg="1"/>
+      <p:bldP spid="14" grpId="0" animBg="1"/>
+      <p:bldP spid="17" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld name="Slide 4">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Shape 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="821055"/>
+            <a:ext cx="1523048" cy="512802"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 6303"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="7620">
+            <a:solidFill>
+              <a:srgbClr val="403CCF"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="962978" y="969764"/>
+            <a:ext cx="215384" cy="215384"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1285994" y="909399"/>
+            <a:ext cx="861655" cy="336113"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2600"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1650" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>威脅識別</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1650" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="1436132"/>
+            <a:ext cx="10772775" cy="841772"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="6600"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="5300" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>學術型釣魚：識破「精準打擊」陷阱</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5300" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="2661642"/>
+            <a:ext cx="13042821" cy="420053"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>駭客利用您的</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>專業術語</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>與</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>行政流程</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>降低警覺。他們深知學術界的運作模式，精心設計看似合理的詐騙情境。</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1000006" y="3657243"/>
+            <a:ext cx="7835265" cy="3463528"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Shape 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9512379" y="3369469"/>
+            <a:ext cx="4525685" cy="4039076"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 1000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="403CCF"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9781699" y="3907274"/>
+            <a:ext cx="3987046" cy="504944"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3950"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3150" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>辨識關鍵</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3150" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9781699" y="4668083"/>
+            <a:ext cx="3987046" cy="2100994"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buSzPct val="100000"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>檢查網域名稱的細微差異</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buSzPct val="100000"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>注意多餘的連字號或字母</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buSzPct val="100000"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>確認 HTTPS 安全連線</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buSzPct val="100000"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>警惕「緊急」、「補件」等催促字眼</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2100" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="文字方塊 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8008F9FC-090D-4D06-9C84-F5BA5D9E80A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="14165699" y="7860268"/>
+            <a:ext cx="464701" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{74D83D89-A588-4F0A-AEBC-176FB8C5899C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="zh-TW" sz="2000" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="zh-TW" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld name="Slide 11">
+  <p:cSld name="Slide 5">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Text 0"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="721638" y="566976"/>
-            <a:ext cx="5987177" cy="644366"/>
+            <a:off x="793790" y="885468"/>
+            <a:ext cx="7617023" cy="708779"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
-                <a:spcPts val="5050"/>
+                <a:spcPts val="5550"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="4800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="403CCF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...3 lines deleted...]
-              <a:t>為何需要每年3小時訓練？</a:t>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>AI </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>威脅</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>（</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>I</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>）：</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>Deepfake 聲譽勒索</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4800" dirty="0">
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
               <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1133951" y="2070497"/>
+            <a:ext cx="5895737" cy="566976"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="4450"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>數位時代，眼見不一定為憑。</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3550" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1133951" y="2818924"/>
+            <a:ext cx="6992183" cy="326588"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1133951" y="3326963"/>
+            <a:ext cx="4536519" cy="566976"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="4450"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>AI 語音複製的威脅</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3550" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Shape 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="2070497"/>
+            <a:ext cx="30480" cy="1823442"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="403CCF"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPr id="7" name="Image 0" descr="preencoded.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="714018" y="1540150"/>
-            <a:ext cx="6342102" cy="6342102"/>
+            <a:off x="8687157" y="2070497"/>
+            <a:ext cx="3315176" cy="3315176"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Text 1"/>
-[...6 lines deleted...]
-            <a:ext cx="6342102" cy="329922"/>
+          <p:cNvPr id="8" name="Shape 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="5793819"/>
+            <a:ext cx="13042821" cy="1550194"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 2195"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Shape 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="5793819"/>
+            <a:ext cx="4347567" cy="1550194"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 2195"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="975241" y="5975271"/>
+            <a:ext cx="3402330" cy="425291"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" indent="-342900" algn="l">
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2650" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>30秒錄音</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2650" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="975241" y="6509385"/>
+            <a:ext cx="3712488" cy="653177"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPts val="2550"/>
               </a:lnSpc>
-              <a:buSzPct val="100000"/>
-              <a:buChar char="•"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="1750" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="49495A"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...17 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>僅需 30 秒即可模擬您的聲音向下屬要求轉帳</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Text 2"/>
-[...6 lines deleted...]
-            <a:ext cx="6342102" cy="329922"/>
+          <p:cNvPr id="12" name="Shape 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5141357" y="5793819"/>
+            <a:ext cx="4347567" cy="1550194"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Shape 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5141357" y="5793819"/>
+            <a:ext cx="30480" cy="1550194"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 111628"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D0CED9"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5594985" y="5975271"/>
+            <a:ext cx="3402330" cy="425291"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" indent="-342900" algn="l">
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2650" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>素材來源</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2650" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Text 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5594985" y="6509385"/>
+            <a:ext cx="3440311" cy="653177"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPts val="2550"/>
               </a:lnSpc>
-              <a:buSzPct val="100000"/>
-              <a:buChar char="•"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
+              <a:rPr lang="en-US" sz="1750" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="49495A"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...17 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>您的公開演講影片是 AI 訓練的最佳素材</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Text 3"/>
-[...6 lines deleted...]
-            <a:ext cx="6342102" cy="329922"/>
+          <p:cNvPr id="16" name="Shape 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4857869" y="6285428"/>
+            <a:ext cx="566976" cy="566976"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 6001"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FBFAFF"/>
+          </a:solidFill>
+          <a:ln w="30480">
+            <a:solidFill>
+              <a:srgbClr val="D0CED9"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4999553" y="6427113"/>
+            <a:ext cx="283488" cy="283488"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Shape 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9488924" y="5793819"/>
+            <a:ext cx="4347567" cy="1550194"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Shape 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9488924" y="5793819"/>
+            <a:ext cx="30480" cy="1550194"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 111628"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D0CED9"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Text 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9942552" y="5975271"/>
+            <a:ext cx="3402330" cy="425291"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="342900" indent="-342900" algn="l">
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2650" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="F44444"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>真實案例</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2650" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Text 17"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9942552" y="6509385"/>
+            <a:ext cx="3712488" cy="653177"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPts val="2550"/>
               </a:lnSpc>
-              <a:buSzPct val="100000"/>
-              <a:buChar char="•"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0">
-[...21 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1750" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0000FF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>2024 年美國馬里蘭州校長遭 AI 語音陷害案</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="0000FF"/>
+              </a:solidFill>
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Text 4"/>
-[...122 lines deleted...]
-          <p:cNvPr id="10" name="文字方塊 9">
+          <p:cNvPr id="22" name="Shape 18"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9205436" y="6285428"/>
+            <a:ext cx="566976" cy="566976"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 6001"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FBFAFF"/>
+          </a:solidFill>
+          <a:ln w="30480">
+            <a:solidFill>
+              <a:srgbClr val="D0CED9"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="23" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9347121" y="6427113"/>
+            <a:ext cx="283488" cy="283488"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="文字方塊 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A88EDD48-04D2-4243-AD89-8721BD62CA81}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D39DA542-F367-437B-BC13-7A8E7A4D576D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7574279" y="4376342"/>
-            <a:ext cx="6839989" cy="2554545"/>
+            <a:off x="14165699" y="7860268"/>
+            <a:ext cx="464701" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="411480" lvl="1" indent="-411480">
-[...313 lines deleted...]
-              <a:rPr lang="zh-TW" altLang="en-US" smtClean="0">
+            <a:fld id="{74D83D89-A588-4F0A-AEBC-176FB8C5899C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="zh-TW" sz="2000" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:pPr algn="r">
-[...2 lines deleted...]
-              <a:t>11</a:t>
+              <a:pPr/>
+              <a:t>5</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="zh-TW">
-[...104 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="zh-TW" altLang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="4"/>
+                                          <p:spTgt spid="9"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                               <p:par>
                                 <p:cTn id="7" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="8" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="5"/>
+                                          <p:spTgt spid="10"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                               <p:par>
                                 <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="10" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="6"/>
+                                          <p:spTgt spid="11"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                               <p:par>
-                                <p:cTn id="11" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                <p:cTn id="11" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="12" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="7"/>
+                                          <p:spTgt spid="13"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                               <p:par>
-                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="14" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="8"/>
+                                          <p:spTgt spid="16"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="15" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="16" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="18" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="9"/>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="19" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="20" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="19"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
-                    <p:cTn id="19" fill="hold">
+                    <p:cTn id="25" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
-                          <p:cTn id="20" fill="hold">
+                          <p:cTn id="26" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                <p:cTn id="27" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
-                                        <p:cTn id="22" dur="1" fill="hold">
+                                        <p:cTn id="28" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="10">
-[...3 lines deleted...]
-                                          </p:spTgt>
+                                          <p:spTgt spid="20"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
-                            </p:childTnLst>
-[...16 lines deleted...]
-                            <p:childTnLst>
                               <p:par>
-                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
-[...48 lines deleted...]
-                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="30" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="10">
-[...3 lines deleted...]
-                                          </p:spTgt>
+                                          <p:spTgt spid="21"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
-      <p:bldP spid="4" grpId="0" animBg="1"/>
-[...4 lines deleted...]
-      <p:bldP spid="9" grpId="0" animBg="1"/>
+      <p:bldP spid="10" grpId="0" animBg="1"/>
+      <p:bldP spid="11" grpId="0" animBg="1"/>
+      <p:bldP spid="14" grpId="0" animBg="1"/>
+      <p:bldP spid="15" grpId="0" animBg="1"/>
+      <p:bldP spid="20" grpId="0" animBg="1"/>
+      <p:bldP spid="21" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld name="Slide 13">
+  <p:cSld name="Slide 6">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="981908"/>
+            <a:ext cx="7486174" cy="664488"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="5200"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>AI </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>威脅</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>（</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>II</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>）：</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>研究數據的隱形黑洞</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4800" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="1710095"/>
+            <a:ext cx="3617476" cy="398621"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3100"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2500" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>ChatGPT 的資料只進不出</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2500" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPr id="4" name="Image 0" descr="preencoded.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9144000" y="0"/>
-            <a:ext cx="5486400" cy="8229600"/>
+            <a:off x="652543" y="2968347"/>
+            <a:ext cx="8767712" cy="3261468"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Text 0"/>
-[...6 lines deleted...]
-            <a:ext cx="7556421" cy="978218"/>
+          <p:cNvPr id="5" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9616321" y="2271576"/>
+            <a:ext cx="4227790" cy="297656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2300"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>勿將未去識別化的機密數據餵給</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="0000FF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>公開版</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0000FF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t> AI</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>。</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Shape 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9616321" y="2968347"/>
+            <a:ext cx="4227790" cy="1260396"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 8706"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FBFAFF"/>
+          </a:solidFill>
+          <a:ln w="22860">
+            <a:solidFill>
+              <a:srgbClr val="D0CED9"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9593461" y="2968347"/>
+            <a:ext cx="91440" cy="1260396"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9920407" y="3203853"/>
+            <a:ext cx="2658070" cy="332303"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
-                <a:spcPts val="7700"/>
+                <a:spcPts val="2600"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="6600" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="2050" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>論文草稿</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2050" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
               <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="投影片編號版面配置區 3">
-[...18 lines deleted...]
-          </a:prstGeom>
+          <p:cNvPr id="9" name="Text 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9920407" y="3695581"/>
+            <a:ext cx="3688199" cy="297656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...94 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r">
-              <a:defRPr/>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2300"/>
+              </a:lnSpc>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{05E63D77-4C64-40A2-B0C7-201E102C2FB8}" type="slidenum">
-[...11 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1650" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>未發表的研究內容</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1650" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="文字方塊 4">
+          <p:cNvPr id="10" name="Shape 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9616321" y="4388168"/>
+            <a:ext cx="4227790" cy="1260396"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 8706"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FBFAFF"/>
+          </a:solidFill>
+          <a:ln w="22860">
+            <a:solidFill>
+              <a:srgbClr val="D0CED9"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9593461" y="4388168"/>
+            <a:ext cx="91440" cy="1260396"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9920407" y="4623673"/>
+            <a:ext cx="2658070" cy="332303"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2600"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2050" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>實驗數據</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2050" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9920407" y="5115401"/>
+            <a:ext cx="3688199" cy="297656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2300"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1650" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>原始研究資料</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1650" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Shape 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9616321" y="5807988"/>
+            <a:ext cx="4227790" cy="1260396"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 8706"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FBFAFF"/>
+          </a:solidFill>
+          <a:ln w="22860">
+            <a:solidFill>
+              <a:srgbClr val="D0CED9"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+          </a:ln>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Image 3" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9593461" y="5807988"/>
+            <a:ext cx="91440" cy="1260396"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9920407" y="6043493"/>
+            <a:ext cx="2658070" cy="332303"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2600"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2050" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>機密資訊</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2050" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9920407" y="6535222"/>
+            <a:ext cx="3688199" cy="297656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2300"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1650" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>產學合作敏感內容</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1650" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="文字方塊 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05885494-346E-4DBE-8CFE-46F7E4B0D498}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB1C7C61-F20B-4F67-B848-2B54F5FF3FA9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="39296" y="7851869"/>
-            <a:ext cx="1605516" cy="369332"/>
+            <a:off x="14165699" y="7860268"/>
+            <a:ext cx="464701" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:fld id="{74D83D89-A588-4F0A-AEBC-176FB8C5899C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="zh-TW" sz="2000" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:ea typeface="Noto Sans CJK TC Medium" panose="020B0600000000000000" pitchFamily="34" charset="-120"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>From internet</a:t>
-[...8 lines deleted...]
-            </a:endParaRPr>
+              <a:pPr/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="zh-TW" altLang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="5"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="5" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld name="Slide 14">
+  <p:cSld name="Slide 7">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Text 0"/>
-[...6 lines deleted...]
-            <a:ext cx="6803708" cy="708779"/>
+          <p:cNvPr id="2" name="Shape 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="942618"/>
+            <a:ext cx="1269683" cy="397193"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 6853"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="D7D6F5"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Image 0" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="929878" y="1050488"/>
+            <a:ext cx="181451" cy="181451"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1202055" y="1010603"/>
+            <a:ext cx="725329" cy="261223"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2050"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>防護實務</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="1412319"/>
+            <a:ext cx="7551301" cy="708779"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPts val="5550"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="4450" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>多</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4450" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>一道鎖</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="4450" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>：</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4450" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>啟動雙重驗證</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="4450" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="403CCF"/>
                 </a:solidFill>
                 <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
                 <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
-                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-              <a:t>校園禁用中國大陸廠牌設備</a:t>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t> (MFA)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4450" dirty="0">
               <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
               <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...189 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="16" name="圖片 15">
-[...71 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Image 1" descr="preencoded.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="538043" y="3555761"/>
-            <a:ext cx="7315201" cy="3326214"/>
+            <a:off x="1214318" y="2597348"/>
+            <a:ext cx="3364111" cy="4485442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="24" name="圖片 23">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5559981" y="2975015"/>
+            <a:ext cx="3835598" cy="425291"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="3300"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>最強習慣:密碼 + 手機驗證</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" b="1" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5559981" y="3581757"/>
+            <a:ext cx="8284131" cy="326588"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>雙重驗證 (MFA) 能阻擋 90% </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>的自動攻擊</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>，</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>是最有效的防護措施</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>。</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Shape 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5559981" y="4112419"/>
+            <a:ext cx="510302" cy="510302"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 6667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6251734" y="4190286"/>
+            <a:ext cx="2835235" cy="354330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2750"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>必備清單</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6251734" y="4726067"/>
+            <a:ext cx="3336846" cy="653177"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>學校信箱、LINE、雲端硬碟都要開啟 MFA</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Shape 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9815393" y="4112419"/>
+            <a:ext cx="510302" cy="510302"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 6667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10507147" y="4190286"/>
+            <a:ext cx="2835235" cy="354330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2750"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>零信任原則</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10507147" y="4726067"/>
+            <a:ext cx="3336965" cy="653177"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>涉及敏感操作</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>，</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>需透過第二管道</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>   (電話)確認</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Shape 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5559981" y="5742146"/>
+            <a:ext cx="510302" cy="510302"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 6667"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6251734" y="5820013"/>
+            <a:ext cx="2835235" cy="354330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2750"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>驗證方式</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6251734" y="6355794"/>
+            <a:ext cx="7592378" cy="326588"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2550"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1750" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>使用 OTP 簡訊或驗證 App (如 Google Authenticator)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1750" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="文字方塊 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BF0C676-AB53-4D3D-8BA0-431906F77289}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF5A5BEF-4861-4BE5-B6E3-2DD0C72FAF44}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...19 lines deleted...]
-      </p:pic>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="14165699" y="7860268"/>
+            <a:ext cx="464701" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{74D83D89-A588-4F0A-AEBC-176FB8C5899C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="zh-TW" sz="2000" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="zh-TW" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="16"/>
-[...594 lines deleted...]
-                                          <p:spTgt spid="16"/>
+                                          <p:spTgt spid="6"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="7" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="8" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="10" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="13"/>
+                                          <p:spTgt spid="7"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
-      <p:bldP spid="13" grpId="0" animBg="1"/>
+      <p:bldP spid="7" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:cSld name="Slide 3">
+  <p:cSld name="Slide 8">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Image 0" descr="preencoded.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="14630400" cy="2480905"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text 0"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="3461504"/>
+            <a:ext cx="10979996" cy="620078"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="4850"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>結語</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>：「用心」</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>把 AI </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>變成</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>助力</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="403CCF"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>而不是</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>風險</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="4148019"/>
+            <a:ext cx="12925013" cy="429221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFCC"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="2100"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="008000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>懂得安全使用 AI </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="008000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>的教授</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="008000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>，</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="008000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>才是真的專業</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="008000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>!!  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>資安防護不是一次性的任務</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>，</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>而是持續的習慣養成</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>。</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Shape 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="4716066"/>
+            <a:ext cx="3156585" cy="1794272"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 1659"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Image 1" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="5486400" cy="8229600"/>
+            <a:off x="992148" y="4914424"/>
+            <a:ext cx="595313" cy="595313"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...8 lines deleted...]
-            <a:ext cx="7556421" cy="978218"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Image 2" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1155859" y="5078016"/>
+            <a:ext cx="267891" cy="267891"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="992148" y="5648563"/>
+            <a:ext cx="2480905" cy="310158"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0" algn="ctr">
+            <a:pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
-                <a:spcPts val="7700"/>
+                <a:spcPts val="2400"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="6150" dirty="0">
-[...10 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" sz="1950" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>開啟 MFA</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1950" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
               <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="992148" y="6042065"/>
+            <a:ext cx="2759869" cy="269915"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2100"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>雙重驗證保護所有帳號</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1550" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Shape 5"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4089202" y="4716066"/>
+            <a:ext cx="3156585" cy="1794272"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 1659"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="線上媒體 3" title="AI變臉「攻心術」！詐團前幹部揭深偽騙局　獵手攻心「假的比真的更真」｜詐騙進化 AI操控｜鏡新聞調查報告｜#鏡新聞">
-[...6 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="11" name="Image 3" descr="preencoded.png"/>
           <p:cNvPicPr>
-            <a:picLocks noRot="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5329274" y="2319817"/>
-            <a:ext cx="9230242" cy="5215087"/>
+            <a:off x="4287560" y="4914424"/>
+            <a:ext cx="595313" cy="595313"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="5" name="投影片編號版面配置區 3">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Image 4" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
             <a:extLst>
-              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{929EE3A8-9665-4F36-B9F8-1019ACCD10CF}"/>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
               </a:ext>
             </a:extLst>
-          </p:cNvPr>
-[...12 lines deleted...]
-          </a:prstGeom>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4451271" y="5078016"/>
+            <a:ext cx="267891" cy="267891"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4287560" y="5648563"/>
+            <a:ext cx="2480905" cy="310158"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...94 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r">
-              <a:defRPr/>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2400"/>
+              </a:lnSpc>
+              <a:buNone/>
             </a:pPr>
-            <a:fld id="{05E63D77-4C64-40A2-B0C7-201E102C2FB8}" type="slidenum">
-[...11 lines deleted...]
-              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1950" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>更新舊密碼</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1950" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="文字方塊 5">
+          <p:cNvPr id="14" name="Text 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4287560" y="6042065"/>
+            <a:ext cx="2759869" cy="269915"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2100"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>定期更換強度足夠的密碼</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1550" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Shape 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7384613" y="4716066"/>
+            <a:ext cx="3156585" cy="1794272"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 1659"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EAE8F3"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Image 5" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7582972" y="4914424"/>
+            <a:ext cx="595313" cy="595313"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Image 6" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId10"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7746683" y="5078016"/>
+            <a:ext cx="267891" cy="267891"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7582972" y="5648563"/>
+            <a:ext cx="2480905" cy="310158"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2400"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1950" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>建立查證機制</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1950" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Text 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7582972" y="6042065"/>
+            <a:ext cx="2759869" cy="269915"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2100"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1550" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>停、看、聽的三秒原則</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1550" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Shape 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10680025" y="4716066"/>
+            <a:ext cx="3156585" cy="1794272"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 1659"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFCC"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="21" name="Image 7" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId11"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10878383" y="4914424"/>
+            <a:ext cx="595313" cy="595313"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Image 8" descr="preencoded.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11042094" y="5078016"/>
+            <a:ext cx="267891" cy="267891"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10878383" y="5648563"/>
+            <a:ext cx="2480905" cy="310158"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2400"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1950" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="CC00CC"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>定期參加資安</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="1950" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="CC00CC"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>個資</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1950" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="CC00CC"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Manrope" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>研習</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1950" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="CC00CC"/>
+              </a:solidFill>
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Text 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10878383" y="6042065"/>
+            <a:ext cx="2759869" cy="269915"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2100"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1550" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="CC00CC"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>持續更新防護知識</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1550" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="CC00CC"/>
+              </a:solidFill>
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Text 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1091446" y="6822758"/>
+            <a:ext cx="12745164" cy="269915"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2100"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>凡涉及</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>金錢、密碼、重要檔案</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-TW" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>，</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>絕對不要線上直接回覆</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="49495A"/>
+                </a:solidFill>
+                <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+                <a:cs typeface="Open Sans" pitchFamily="34" charset="-120"/>
+              </a:rPr>
+              <a:t>。</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+              <a:ea typeface="微軟正黑體" panose="020B0604030504040204" pitchFamily="34" charset="-120"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Shape 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="793790" y="6666548"/>
+            <a:ext cx="22860" cy="582335"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="403CCF"/>
+          </a:solidFill>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="文字方塊 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B9D042F-229A-444A-947A-21D4897652DE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08570B78-B76B-43E6-909D-36155C97DC35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="39296" y="7851869"/>
-            <a:ext cx="1605516" cy="369332"/>
+            <a:off x="14165699" y="7860268"/>
+            <a:ext cx="464701" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...1142 lines deleted...]
-              <a:rPr lang="zh-TW" altLang="en-US" smtClean="0">
+            <a:fld id="{74D83D89-A588-4F0A-AEBC-176FB8C5899C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="zh-TW" sz="2000" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:pPr algn="r">
-[...2 lines deleted...]
-              <a:t>3</a:t>
+              <a:pPr/>
+              <a:t>8</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US" altLang="zh-TW">
-[...52 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="zh-TW" altLang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
                                 <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="6" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="17"/>
-[...4452 lines deleted...]
-                                          <p:spTgt spid="14"/>
+                                          <p:spTgt spid="10"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="7" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
@@ -12629,1013 +9074,306 @@
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
                     <p:cTn id="11" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="12" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="13" presetID="2" presetClass="entr" presetSubtype="4" fill="hold" grpId="0" nodeType="clickEffect">
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="14" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="16"/>
+                                          <p:spTgt spid="25"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
-                                    <p:anim calcmode="lin" valueType="num">
-[...44 lines deleted...]
-                                    </p:anim>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                   <p:par>
-                    <p:cTn id="17" fill="hold">
+                    <p:cTn id="15" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
-                          <p:cTn id="18" fill="hold">
+                          <p:cTn id="16" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
                               <p:par>
-                                <p:cTn id="19" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="20"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="19" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
                                   <p:stCondLst>
                                     <p:cond delay="0"/>
                                   </p:stCondLst>
                                   <p:childTnLst>
                                     <p:set>
                                       <p:cBhvr>
                                         <p:cTn id="20" dur="1" fill="hold">
                                           <p:stCondLst>
                                             <p:cond delay="0"/>
                                           </p:stCondLst>
                                         </p:cTn>
                                         <p:tgtEl>
-                                          <p:spTgt spid="18"/>
+                                          <p:spTgt spid="21"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="21" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="23"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="24"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="27" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="28" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="30" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
                                         </p:tgtEl>
                                         <p:attrNameLst>
                                           <p:attrName>style.visibility</p:attrName>
                                         </p:attrNameLst>
                                       </p:cBhvr>
                                       <p:to>
                                         <p:strVal val="visible"/>
                                       </p:to>
                                     </p:set>
                                   </p:childTnLst>
                                 </p:cTn>
                               </p:par>
                             </p:childTnLst>
                           </p:cTn>
                         </p:par>
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
-      <p:bldP spid="16" grpId="0" animBg="1"/>
-[...816 lines deleted...]
-      <p:bldP spid="7" grpId="0" animBg="1"/>
+      <p:bldP spid="4" grpId="0" animBg="1"/>
+      <p:bldP spid="23" grpId="0" animBg="1"/>
+      <p:bldP spid="24" grpId="0" animBg="1"/>
+      <p:bldP spid="25" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -14190,94 +9928,87 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>286</Words>
+  <Words>240</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>自訂</PresentationFormat>
-  <Paragraphs>131</Paragraphs>
-[...1 lines deleted...]
-  <Notes>14</Notes>
+  <Paragraphs>84</Paragraphs>
+  <Slides>8</Slides>
+  <Notes>8</Notes>
   <HiddenSlides>0</HiddenSlides>
-  <MMClips>1</MMClips>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>使用字型</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>佈景主題</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>投影片標題</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="19" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>微軟正黑體</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>微軟正黑體</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>PowerPoint 簡報</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>PowerPoint 簡報</vt:lpstr>
       <vt:lpstr>PowerPoint 簡報</vt:lpstr>
       <vt:lpstr>PowerPoint 簡報</vt:lpstr>
       <vt:lpstr>PowerPoint 簡報</vt:lpstr>
       <vt:lpstr>PowerPoint 簡報</vt:lpstr>
       <vt:lpstr>PowerPoint 簡報</vt:lpstr>
       <vt:lpstr>PowerPoint 簡報</vt:lpstr>
       <vt:lpstr>PowerPoint 簡報</vt:lpstr>
       <vt:lpstr>PowerPoint 簡報</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint 簡報</dc:title>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>